--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="4D2F7D84" w14:textId="66F33F34" w:rsidR="00BC6CEC" w:rsidRDefault="00BC6CEC" w:rsidP="00CF1BDD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70D8002F" wp14:editId="254C86B0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2514600</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-542925</wp:posOffset>
             </wp:positionV>
@@ -937,51 +937,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3149">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Creative Commons license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00301370" w14:paraId="228121F4" w14:textId="77777777" w:rsidTr="00ED3149">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA949CD" w14:textId="3AEEB615" w:rsidR="00301370" w:rsidRPr="007A48F6" w:rsidRDefault="00301370" w:rsidP="00B80E89">
+          <w:p w14:paraId="3DA949CD" w14:textId="3277EA5D" w:rsidR="00301370" w:rsidRPr="007A48F6" w:rsidRDefault="00301370" w:rsidP="002248F0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A48F6">
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Author/</w:t>
             </w:r>
             <w:r w:rsidR="004D2242">
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="007A48F6">
@@ -996,60 +996,60 @@
             <w:r w:rsidR="00CB23CD" w:rsidRPr="007A48F6">
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A48F6">
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">under a </w:t>
             </w:r>
             <w:r w:rsidR="00CB23CD" w:rsidRPr="007A48F6">
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Creative Commons Attribution 4.0 International License </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007A48F6">
+              <w:t xml:space="preserve">Creative Commons Attribution </w:t>
+            </w:r>
+            <w:r w:rsidR="002248F0" w:rsidRPr="002248F0">
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
+              <w:t>CC BY-NC-SA 4.0</w:t>
             </w:r>
             <w:r w:rsidR="00CB23CD" w:rsidRPr="007A48F6">
               <w:rPr>
                 <w:rFonts w:cstheme="majorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF1BDD" w14:paraId="087121DA" w14:textId="77777777" w:rsidTr="00ED3149">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="463C0AA4" w14:textId="64D545AF" w:rsidR="00CF1BDD" w:rsidRPr="00CF1BDD" w:rsidRDefault="00CF1BDD" w:rsidP="00B80E89">
             <w:pPr>
@@ -1670,127 +1670,125 @@
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Signature:  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="445911D3" w14:textId="18EC82F1" w:rsidR="00ED3149" w:rsidRPr="00ED3149" w:rsidRDefault="007A64A8" w:rsidP="00301370">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="25FE6D8E" w14:textId="38956139" w:rsidR="00ED3149" w:rsidRPr="00ED3149" w:rsidRDefault="00ED3149" w:rsidP="00301370">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0241A054" w14:textId="77777777" w:rsidR="00504863" w:rsidRDefault="00504863"/>
     <w:sectPr w:rsidR="00504863">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05A65D84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACBC4A86"/>
     <w:lvl w:ilvl="0" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2086,144 +2084,146 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="90441109">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="632708674">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="326398880">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00504863"/>
+    <w:rsid w:val="002248F0"/>
     <w:rsid w:val="00301370"/>
     <w:rsid w:val="003607FF"/>
     <w:rsid w:val="004D2242"/>
     <w:rsid w:val="00504863"/>
     <w:rsid w:val="006D7F69"/>
     <w:rsid w:val="007A48F6"/>
     <w:rsid w:val="007A64A8"/>
     <w:rsid w:val="00981F99"/>
     <w:rsid w:val="00B80E89"/>
     <w:rsid w:val="00BC6CEC"/>
     <w:rsid w:val="00C13247"/>
     <w:rsid w:val="00C70B71"/>
     <w:rsid w:val="00CA1137"/>
     <w:rsid w:val="00CB23CD"/>
     <w:rsid w:val="00CB711F"/>
     <w:rsid w:val="00CF1BDD"/>
     <w:rsid w:val="00ED3149"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="095A074D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{629CFE49-E223-4CEE-82EE-3744BFC2A956}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2551,50 +2551,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2818,51 +2823,51 @@
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="259681583">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="437603513">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3208,50 +3213,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="738294c5-10b9-4509-8a8d-4bec91b8aca2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009946697F3918AA4B9A92598E9950BF6B" ma:contentTypeVersion="13" ma:contentTypeDescription="Kreirajte novi dokument." ma:contentTypeScope="" ma:versionID="cf6ab2019532c3787803fb2261907922">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f" xmlns:ns3="738294c5-10b9-4509-8a8d-4bec91b8aca2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ecf5b41e8d059b71f21be0e1fcc9153c" ns2:_="" ns3:_="">
     <xsd:import namespace="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f"/>
     <xsd:import namespace="738294c5-10b9-4509-8a8d-4bec91b8aca2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -3414,152 +3430,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6186A374-D75F-4BE5-962D-68AAEE4060C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="738294c5-10b9-4509-8a8d-4bec91b8aca2"/>
+    <ds:schemaRef ds:uri="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19508237-14BD-4237-9042-0A871D971D93}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f"/>
     <ds:schemaRef ds:uri="738294c5-10b9-4509-8a8d-4bec91b8aca2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6186A374-D75F-4BE5-962D-68AAEE4060C2}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3ECCC7F-FCE0-4F0C-847B-8CD6536A3FC8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3ECCC7F-FCE0-4F0C-847B-8CD6536A3FC8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA85B8EB-D508-4D5E-819A-6534897D3027}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>462</Words>
-  <Characters>2639</Characters>
+  <Words>454</Words>
+  <Characters>2592</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3095</CharactersWithSpaces>
+  <CharactersWithSpaces>3040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009946697F3918AA4B9A92598E9950BF6B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>