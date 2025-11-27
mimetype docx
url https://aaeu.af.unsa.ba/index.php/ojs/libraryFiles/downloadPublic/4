--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -1,53 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w:rsidR="00B3717A" w:rsidRPr="001E3A6E" w:rsidRDefault="00B3717A" w:rsidP="001E3A6E">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="007152F6">
         <w:t xml:space="preserve">Main Title </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>It delivers the contribution's subject in the most rigorous manner. It should be concise, precise, thorough, unequivocal, and clear. Your paper's topic and content should be the main focus of the title. Use the subtitle only if needed. A subtitle that determines the topic more closely can be added.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B6208" w:rsidRDefault="001F74F7" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUNameSurname"/>
         <w:rPr>
@@ -114,101 +106,101 @@
       </w:r>
       <w:r w:rsidRPr="001F74F7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F74F7" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">1 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>author1@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B7685">
         <w:t>; ORCID</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F74F7">
         <w:t>https://orcid.org</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">2 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>author2@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B7685">
         <w:t>; ORCID</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F74F7">
         <w:t>https://orcid.org</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">3 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>author3@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B7685">
         <w:t>; ORCID</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F74F7">
         <w:t>https://orcid.org</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="001F74F7"/>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00B3717A"/>
     <w:p w:rsidR="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAbstract"/>
       </w:pPr>
       <w:r w:rsidRPr="00424E6D">
         <w:t xml:space="preserve">ABSTRACT: </w:t>
@@ -255,210 +247,204 @@
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">Edit your manuscript in MS Word by utilizing this document and following the provided instructions, while applying the included styles. Please utilize the Times </w:t>
       </w:r>
       <w:r w:rsidR="00B075D6">
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">ew </w:t>
       </w:r>
       <w:r w:rsidR="00B075D6">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>oman font, ensuring it is single-spaced and set to a font size of 11.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
-      <w:r w:rsidRPr="002B7685">
-        <w:t>The recommended size for the main text should not go beyond 10 000 words.</w:t>
+      <w:r w:rsidRPr="003D032E">
+        <w:t xml:space="preserve">The recommended size for the main text should not go beyond </w:t>
+      </w:r>
+      <w:r w:rsidR="003D032E" w:rsidRPr="003D032E">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D032E">
+        <w:t xml:space="preserve"> 000 words.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E13853" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>The article's main text ought to be organized into chapters and, if needed, subchapters. The introduction and conclusion are essential sections. Notes should be kept to a minimum in terms of quantity and length. Footnotes are placed at the bottom of the page and are numbered sequentially according to their order of appearance.</w:t>
       </w:r>
       <w:r w:rsidR="004F4EBE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">It is advisable to have the text proofread before submitting it to the </w:t>
       </w:r>
       <w:r w:rsidR="007A71A1">
         <w:t>journal</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E13853" w:rsidRDefault="00E13853" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="00B075D6">
         <w:t>Information about the paper</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9104" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="875"/>
         <w:gridCol w:w="3848"/>
         <w:gridCol w:w="4381"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002B7685">
+          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+            <w:pPr>
+              <w:pStyle w:val="AAeUTableBodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003D032E">
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002B7685">
+          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+            <w:pPr>
+              <w:pStyle w:val="AAeUTableBodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve">Recommended size </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="803"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002B7685">
+          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+            <w:pPr>
+              <w:pStyle w:val="AAeUTableBodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003D032E">
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+            <w:pPr>
+              <w:pStyle w:val="AAeUTableBodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003D032E">
+              <w:t xml:space="preserve">Number of characters of the main text (with abstract, notes and references) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B7685">
+            <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve">From </w:t>
             </w:r>
-            <w:r w:rsidR="00727380">
+            <w:r w:rsidR="00727380" w:rsidRPr="003D032E">
               <w:t>4 000</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B7685">
+            <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve"> to max </w:t>
             </w:r>
-            <w:r w:rsidR="00727380">
+            <w:r w:rsidR="00727380" w:rsidRPr="003D032E">
               <w:t>8 000</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B7685">
+            <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve"> words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -956,51 +942,51 @@
       <w:r w:rsidRPr="002B7685">
         <w:t>Figures are indicated by Arabic numerals (in the order in which they appear), must have titles</w:t>
       </w:r>
       <w:r w:rsidR="001E3A6E">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve"> a source indicated</w:t>
       </w:r>
       <w:r w:rsidR="00554F98">
         <w:t xml:space="preserve"> below the specific illustration or image</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">. The title should be clear, specific, precise, short, and unambiguous. The source must be fully stated in the </w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>caption</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00554F98">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00554F98" w:rsidRPr="00554F98">
-        <w:t>If the authors of the manuscript are also the creators of the figure, the source should be cited as 'Authors, Year.</w:t>
+        <w:t>If the authors of the manuscript are also the creators of the figure, the source should be cited as Authors, Year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r>
         <w:t>Example of a caption for a single</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t>igure</w:t>
       </w:r>
       <w:r>
         <w:t>, to be placed below the figure</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t>:</w:t>
       </w:r>
     </w:p>
@@ -1618,705 +1604,423 @@
     <w:p w:rsidR="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All sources and literature cited in the text of the article must be arranged alphabetically and listed in the References section of the article. The list of sources and literature must not be numbered. The list of sources and literature includes only works that are actually used and cited in the article. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk190078938"/>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B2BD3" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle1"/>
       </w:pPr>
       <w:r w:rsidRPr="002B2BD3">
         <w:t>Books and monographs (one author):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Jackson, L. M. (2019). The psychology of prejudice: From attitudes to social action (2nd ed.). American Psychological Association. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/0000168-000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Sapolsky, R. M. (2017). Behave: The biology of humans at our best and worst. Penguin Books.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Svendsen, S., &amp; Løber, L. (2020). The big picture/Academic writing: The one-hour guide (3rd digital ed.). Hans Reitzel Forlag. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://thebigpicture-academicwriting.digi.hansreitzel.dk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="002B2BD3"/>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B2BD3" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle1"/>
       </w:pPr>
       <w:r w:rsidRPr="002B2BD3">
         <w:t>Papers or chapters in edited books:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Aron, L., Botella, M., &amp; Lubart, T. (2019). Culinary arts: Talent and their development. In R. F. Subotnik, P. Olszewski-Kubilius, &amp; F. C. Worrell (Eds.), The psychology of high performance: Developing human potential into domain-specific talent (pp. 345–359). American Psychological Association. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/0000120-016</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Dillard, J. P. (2020). Currents in the study of persuasion. In M. B. Oliver, A. A. Raney, &amp; J. Bryant (Eds.), Media effects: Advances in theory and research (4th ed., pp. 115–129). Routledge.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00092826" w:rsidRDefault="00092826" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle1"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="007A71A1" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle1"/>
       </w:pPr>
       <w:r w:rsidRPr="007A71A1">
         <w:t>Papers in periodicals:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Grady, J. S., Her, M., Moreno, G., Perez, C., &amp; Yelinek, J. (2019). Emotions in storybooks: A comparison of storybooks that represent ethnic and racial groups in the United States. Psychology of Popular Media Culture, 8(3), 207–217. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/ppm0000185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00092826" w:rsidRPr="00092826" w:rsidRDefault="00092826" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B2BD3" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle1"/>
       </w:pPr>
       <w:r w:rsidRPr="002B2BD3">
         <w:t>Internet sources (known and unknown author):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00962784" w:rsidRDefault="00962784" w:rsidP="00962784">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="00962784">
         <w:t xml:space="preserve">U.S. Census Bureau. (n.d.). U.S. and world population clock. U.S. Department of Commerce. Retrieved January 9, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00C72037">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.census.gov/popclock/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00962784" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="00962784">
         <w:t xml:space="preserve">Bologna, C. (2019, October 31). Why some people with anxiety love watching horror movies. HuffPost. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00626BA2" w:rsidRPr="00DC4152">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.huffpost.com/entry/anxiety-love-watching-horror-movies_l_5d277587e4b02a5a5d57b59e</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00626BA2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00B3717A"/>
     <w:p w:rsidR="00B3717A" w:rsidRDefault="00B3717A" w:rsidP="00B3717A"/>
     <w:p w:rsidR="00626BA2" w:rsidRPr="00626BA2" w:rsidRDefault="00626BA2" w:rsidP="00626BA2"/>
     <w:p w:rsidR="002B2BD3" w:rsidRDefault="002B2BD3" w:rsidP="00B3717A"/>
     <w:p w:rsidR="002B2BD3" w:rsidRDefault="002B2BD3" w:rsidP="00B3717A"/>
     <w:p w:rsidR="002B2BD3" w:rsidRDefault="002B2BD3" w:rsidP="00B3717A"/>
     <w:p w:rsidR="002B7685" w:rsidRPr="002B7685" w:rsidRDefault="002B7685" w:rsidP="00962784">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002B7685" w:rsidRPr="002B7685">
-      <w:headerReference w:type="default" r:id="rId19"/>
-      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DD1EC1" w:rsidRDefault="00DD1EC1" w:rsidP="002B7685">
+    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DD1EC1" w:rsidRDefault="00DD1EC1" w:rsidP="002B7685">
+    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...137 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DD1EC1" w:rsidRDefault="00DD1EC1" w:rsidP="002B7685">
+    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DD1EC1" w:rsidRDefault="00DD1EC1" w:rsidP="002B7685">
+    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...139 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B3717A"/>
     <w:rsid w:val="00092826"/>
     <w:rsid w:val="000A0D4D"/>
     <w:rsid w:val="000B4CE2"/>
     <w:rsid w:val="000E65A2"/>
+    <w:rsid w:val="00106B5F"/>
     <w:rsid w:val="001467FE"/>
     <w:rsid w:val="001D3CAD"/>
     <w:rsid w:val="001D60AB"/>
     <w:rsid w:val="001E3A6E"/>
     <w:rsid w:val="001F74F7"/>
     <w:rsid w:val="00206322"/>
     <w:rsid w:val="002B2BD3"/>
     <w:rsid w:val="002B3FA4"/>
     <w:rsid w:val="002B7685"/>
     <w:rsid w:val="00302D8C"/>
     <w:rsid w:val="003514A4"/>
     <w:rsid w:val="00370116"/>
     <w:rsid w:val="00382306"/>
     <w:rsid w:val="00390314"/>
+    <w:rsid w:val="003D032E"/>
+    <w:rsid w:val="00401EA2"/>
     <w:rsid w:val="004241E9"/>
     <w:rsid w:val="00424E6D"/>
     <w:rsid w:val="004F4EBE"/>
     <w:rsid w:val="00554F98"/>
+    <w:rsid w:val="005F23C9"/>
     <w:rsid w:val="00626BA2"/>
     <w:rsid w:val="00662A4B"/>
     <w:rsid w:val="006C300A"/>
+    <w:rsid w:val="006D3BA2"/>
     <w:rsid w:val="006F4F5E"/>
     <w:rsid w:val="007152F6"/>
     <w:rsid w:val="0072528C"/>
     <w:rsid w:val="00727380"/>
     <w:rsid w:val="007627DF"/>
+    <w:rsid w:val="00775063"/>
     <w:rsid w:val="007A71A1"/>
     <w:rsid w:val="007B6208"/>
     <w:rsid w:val="007C5838"/>
     <w:rsid w:val="00873290"/>
     <w:rsid w:val="008C26E7"/>
+    <w:rsid w:val="009371E0"/>
     <w:rsid w:val="00962784"/>
+    <w:rsid w:val="00AE77C0"/>
     <w:rsid w:val="00B075D6"/>
     <w:rsid w:val="00B26BD6"/>
     <w:rsid w:val="00B3717A"/>
     <w:rsid w:val="00CB564B"/>
     <w:rsid w:val="00DD1EC1"/>
     <w:rsid w:val="00DE6300"/>
     <w:rsid w:val="00E13853"/>
     <w:rsid w:val="00E14EB4"/>
     <w:rsid w:val="00F60446"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71DEE6E5"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C4693D92-8CA7-B04B-83CB-A3AD042A8031}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3539,55 +3243,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUSubtitle2">
     <w:name w:val="AAeU Subtitle 2"/>
     <w:basedOn w:val="Subtitle"/>
     <w:qFormat/>
     <w:rsid w:val="00092826"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUBodytext">
     <w:name w:val="AAeU Body text"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:qFormat/>
     <w:rsid w:val="00092826"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000168-000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huffpost.com/entry/anxiety-love-watching-horror-movies_l_5d277587e4b02a5a5d57b59e" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author3@email.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/popclock/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/ppm0000185" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author2@email.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000120-016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author1@email.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thebigpicture-academicwriting.digi.hansreitzel.dk/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author3@email.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/popclock/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author2@email.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/ppm0000185" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author1@email.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000120-016" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thebigpicture-academicwriting.digi.hansreitzel.dk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000168-000" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huffpost.com/entry/anxiety-love-watching-horror-movies_l_5d277587e4b02a5a5d57b59e" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3841,369 +3541,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...282 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1626</Words>
-  <Characters>9273</Characters>
+  <Characters>9269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10878</CharactersWithSpaces>
+  <CharactersWithSpaces>10874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lejla</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>