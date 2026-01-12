--- v1 (2025-11-27)
+++ v2 (2026-01-12)
@@ -1,2031 +1,2432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="001E3A6E" w:rsidRDefault="00B3717A" w:rsidP="001E3A6E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="02C4297D" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="001E3A6E" w:rsidRDefault="00B3717A" w:rsidP="00A11DEE">
+      <w:pPr>
+        <w:pStyle w:val="AAeUMainTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="007152F6">
         <w:t xml:space="preserve">Main Title </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+    <w:p w14:paraId="46339160" w14:textId="245B69C2" w:rsidR="00242F9D" w:rsidRDefault="00242F9D" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
-      <w:r w:rsidRPr="002B7685">
-[...3 lines deleted...]
-    <w:p w:rsidR="007B6208" w:rsidRDefault="001F74F7" w:rsidP="00092826">
+      <w:r>
+        <w:t>The main title should be concise, precise, comprehensive, unambiguous, and clear. It should accurately reflect the subject and content of the paper. A subtitle should be used only when necessary to further specify or clarify the topic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31ECC292" w14:textId="77777777" w:rsidR="00242F9D" w:rsidRDefault="00242F9D" w:rsidP="00242F9D">
+      <w:pPr>
+        <w:pStyle w:val="AAeUBodytext"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35341D45" w14:textId="7A0C555C" w:rsidR="007B6208" w:rsidRDefault="001F74F7" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUNameSurname"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Name Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00424E6D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>, Name Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00424E6D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and Name Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00424E6D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F74F7" w:rsidRPr="001F74F7" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001F74F7">
+    <w:p w14:paraId="2B53AE38" w14:textId="0C746C3F" w:rsidR="001F74F7" w:rsidRDefault="001F74F7" w:rsidP="0005281B">
+      <w:pPr>
+        <w:pStyle w:val="AAeUNameSurname"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>(P</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B6208">
+      </w:pPr>
+      <w:r w:rsidRPr="00242F9D">
         <w:rPr>
           <w:b/>
-          <w:u w:val="single"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">lease do not enter personal information </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B6208" w:rsidRPr="007B6208">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11DEE" w:rsidRPr="00242F9D">
         <w:rPr>
           <w:b/>
-          <w:u w:val="single"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>until the article is accepted for publication.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F74F7">
+        <w:t xml:space="preserve">PLEASE DO NOT ENTER PERSONAL INFORMATION UNTIL THE ARTICLE IS ACCEPTED FOR PUBLICATION </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00242F9D">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F74F7" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
+    <w:p w14:paraId="2B037172" w14:textId="77777777" w:rsidR="0005281B" w:rsidRDefault="0005281B" w:rsidP="0005281B">
+      <w:pPr>
+        <w:pStyle w:val="AAeUNameSurname"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E63B79E" w14:textId="77777777" w:rsidR="0005281B" w:rsidRPr="00242F9D" w:rsidRDefault="0005281B" w:rsidP="00242F9D">
+      <w:pPr>
+        <w:pStyle w:val="AAeUNameSurname"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FC43D80" w14:textId="77777777" w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">1 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>author1@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B7685">
         <w:t>; ORCID</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F74F7">
         <w:t>https://orcid.org</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
+    <w:p w14:paraId="16782F8B" w14:textId="77777777" w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">2 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>author2@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B7685">
         <w:t>; ORCID</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F74F7">
         <w:t>https://orcid.org</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F74F7" w:rsidRPr="002B7685" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
+    <w:p w14:paraId="496A4361" w14:textId="69696455" w:rsidR="0005281B" w:rsidRDefault="001F74F7" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">3 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="002B7685">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>author3@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B7685">
         <w:t>; ORCID</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F74F7">
-[...5 lines deleted...]
-    <w:p w:rsidR="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00626BA2">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="0005281B" w:rsidRPr="00B83564">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://orcid.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="73121BA7" w14:textId="77777777" w:rsidR="0005281B" w:rsidRPr="002B7685" w:rsidRDefault="0005281B" w:rsidP="00626BA2">
+      <w:pPr>
+        <w:pStyle w:val="AAeUAffiliation"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C9FA56F" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="0005281B" w:rsidRDefault="00B3717A" w:rsidP="00242F9D">
+      <w:pPr>
+        <w:pStyle w:val="AAeUAffiliation"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="339A66DF" w14:textId="5F51FF31" w:rsidR="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00626BA2">
       <w:pPr>
         <w:pStyle w:val="AAeUAbstract"/>
       </w:pPr>
       <w:r w:rsidRPr="00424E6D">
         <w:t xml:space="preserve">ABSTRACT: </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">The abstract must explicitly articulate the research topic and its rationale, the research aims, the methodologies employed, the principal conclusions of the study, and the relevance of the findings. The abstract must be composed in the third person singular and should not surpass </w:t>
       </w:r>
       <w:r w:rsidR="001F74F7">
         <w:t>250</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve"> words.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00626BA2">
+      <w:r w:rsidR="0094692A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A" w:rsidRPr="0094692A">
+        <w:t>The abstract must be structured as a single paragraph.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E78608" w14:textId="28716D46" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUKeywords"/>
       </w:pPr>
       <w:r w:rsidRPr="00424E6D">
         <w:t xml:space="preserve">KEYWORDS: </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
         <w:t>Maximum of five keywords. Keywords should be relevant and included in both the abstract and the text. Each keyword should comprise one or two words</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and should be separated with semicolons: e.g. Keyword1; Keyword2; Keyword3. </w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+        <w:t xml:space="preserve"> and should be separated with semicolons: e.g. </w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:t>eyword</w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1; </w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:t>eyword</w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2; </w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:t>eyword</w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0DDC63" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
         <w:t xml:space="preserve">Introduction </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+    <w:p w14:paraId="60CCA8FD" w14:textId="6D8E95BC" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">Edit your manuscript in MS Word by utilizing this document and following the provided instructions, while applying the included styles. Please utilize the Times </w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+        <w:t>Edit your manuscript in MS Word by utilizing this document and following the provided instructions, while applying the included styles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267BE8C0" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="003D032E">
         <w:t xml:space="preserve">The recommended size for the main text should not go beyond </w:t>
       </w:r>
       <w:r w:rsidR="003D032E" w:rsidRPr="003D032E">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="003D032E">
         <w:t xml:space="preserve"> 000 words.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13853" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+    <w:p w14:paraId="7A9CC45F" w14:textId="2ED7E828" w:rsidR="00E13853" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
-        <w:t>The article's main text ought to be organized into chapters and, if needed, subchapters. The introduction and conclusion are essential sections. Notes should be kept to a minimum in terms of quantity and length. Footnotes are placed at the bottom of the page and are numbered sequentially according to their order of appearance.</w:t>
+        <w:t xml:space="preserve">The article's main text ought to be organized into chapters and, if needed, subchapters. The introduction and conclusion are essential sections. Notes should be kept to a minimum in terms of quantity and length. </w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A" w:rsidRPr="0094692A">
+        <w:t>The use of italics should be avoided to the greatest extent possible.</w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>Footnotes are placed at the bottom of the page and are numbered sequentially according to their order of appearance.</w:t>
       </w:r>
       <w:r w:rsidR="004F4EBE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">It is advisable to have the text proofread before submitting it to the </w:t>
       </w:r>
       <w:r w:rsidR="007A71A1">
         <w:t>journal</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13853" w:rsidRDefault="00E13853" w:rsidP="00092826">
+    <w:p w14:paraId="6B265A4F" w14:textId="77777777" w:rsidR="00E13853" w:rsidRDefault="00E13853" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="00B075D6">
         <w:t>Information about the paper</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9104" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="875"/>
         <w:gridCol w:w="3848"/>
         <w:gridCol w:w="4381"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="003D032E" w14:paraId="5CDAD3A9" w14:textId="77777777" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="396374D2" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="37857A53" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="003D032E">
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="16B29A6C" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve">Recommended size </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w14:paraId="1F856A1F" w14:textId="77777777" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="803"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="51F6DD99" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="003D032E">
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="06A0234F" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="003D032E" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve">Number of characters of the main text (with abstract, notes and references) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="48773051" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve">From </w:t>
             </w:r>
             <w:r w:rsidR="00727380" w:rsidRPr="003D032E">
               <w:t>4 000</w:t>
             </w:r>
             <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve"> to max </w:t>
             </w:r>
             <w:r w:rsidR="00727380" w:rsidRPr="003D032E">
               <w:t>8 000</w:t>
             </w:r>
             <w:r w:rsidRPr="003D032E">
               <w:t xml:space="preserve"> words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w14:paraId="1F5589B8" w14:textId="77777777" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="5C44E0CE" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="59712BDB" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t xml:space="preserve">Number of keywords </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="65AC5569" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>Up to 5 words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w14:paraId="0E8C28D6" w14:textId="77777777" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="2F9112E3" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="6B8E6D66" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t xml:space="preserve">Abstract </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="5207C136" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t xml:space="preserve">Up to </w:t>
             </w:r>
             <w:r w:rsidR="001F74F7">
               <w:t>250</w:t>
             </w:r>
             <w:r w:rsidR="001F74F7" w:rsidRPr="002B7685">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B7685">
               <w:t xml:space="preserve">words </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w14:paraId="78C5511A" w14:textId="77777777" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="320742A7" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="5B94E140" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>Biography / Biographies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="79923342" w14:textId="121351D9" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
-              <w:t>Up to 250 words</w:t>
+              <w:t xml:space="preserve">Up to </w:t>
+            </w:r>
+            <w:r w:rsidR="00A11DEE">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B7685">
+              <w:t>50 words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w14:paraId="634E46EF" w14:textId="77777777" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="44C54277" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="5E9397FC" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t xml:space="preserve">Number of figures </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="5F3A86B2" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>Up to 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidTr="001E3A6E">
+      <w:tr w:rsidR="00E13853" w:rsidRPr="002B7685" w14:paraId="717C07C9" w14:textId="77777777" w:rsidTr="001E3A6E">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="4D042AB8" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="33E7C443" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>Number of tables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
+          <w:p w14:paraId="5D611C00" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00626BA2">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="002B7685">
               <w:t>Up to 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="3E43976A" w14:textId="0A37B1C0" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">Title of chapter </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+        <w:t xml:space="preserve">Title of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE435D">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">hapter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42149ED7" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua (</w:t>
       </w:r>
       <w:r w:rsidR="00B075D6">
         <w:t>Figure 2</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>). Ut enim ad minim veniam…  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="2C1E7613" w14:textId="15AAC3E8" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">Title of subchapter  </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+        <w:t xml:space="preserve">Title of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE435D">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE435D" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">ubchapter  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A473D2" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua (</w:t>
       </w:r>
       <w:r w:rsidR="00B075D6">
         <w:t>Table 2</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>). Ut enim ad minim veniam…  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="6AFC0C9D" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.1.1. </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
         <w:t xml:space="preserve">Title of subchapter </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+    <w:p w14:paraId="627CCE41" w14:textId="77777777" w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Ut enim ad minim veniam…  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="6901911E" w14:textId="532A54C0" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">Title of chapter </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+        <w:t xml:space="preserve">Title of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE435D">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE435D" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">hapter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C290F40" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua (</w:t>
       </w:r>
       <w:r w:rsidR="00B075D6">
         <w:t>Figure 2</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>). Ut enim ad minim veniam…  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="4E3B04E8" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua (</w:t>
       </w:r>
       <w:r w:rsidR="00B075D6">
         <w:t>Table 2</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>). Ut enim ad minim veniam…</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00092826">
+    <w:p w14:paraId="49381F75" w14:textId="1A022FCE" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">Title of subchapter </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00092826">
+        <w:t xml:space="preserve">Title of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE435D">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE435D" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">ubchapter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091BA9EB" w14:textId="77777777" w:rsidR="00E13853" w:rsidRPr="002B7685" w:rsidRDefault="00E13853" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua (</w:t>
       </w:r>
       <w:r>
         <w:t>Table 2</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>). Ut enim ad minim veniam…  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="05524AC1" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUSubtitle2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.1.1. </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
         <w:t xml:space="preserve">Title of subchapter </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+    <w:p w14:paraId="410A924C" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Lorem ipsum dolor sit amet, consectetur adipiscing elit, sed do eiusmod tempor incididunt ut labore et dolore magna aliqua. Ut enim ad minim veniam…  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="4D9B52B0" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E3A6E">
         <w:t>Figures and Tables </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13853" w:rsidRPr="00CB564B" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="76D095F5" w14:textId="77777777" w:rsidR="00242F9D" w:rsidRDefault="00242F9D" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CB564B">
-[...9 lines deleted...]
-    <w:p w:rsidR="00554F98" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+      <w:r>
+        <w:t>Full copyright permissions must be held to include any figures or tables. A maximum of 8 figures is allowed. All text within figures must be formatted in Arial, 10-point font.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A66B78" w14:textId="12AFA16D" w:rsidR="00C81785" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t>All graphic attachments (photographs, maps, graphs, etc.) are named</w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t xml:space="preserve"> the same</w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t xml:space="preserve"> format, using the word “</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>All f</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t xml:space="preserve">igures must be saved and </w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>uploaded</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E13853">
+      <w:r>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11DEE">
+        <w:t xml:space="preserve">separate </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13853" w:rsidRPr="00A11DEE">
         <w:t>zipped folder</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r w:rsidRPr="00A11DEE">
         <w:t xml:space="preserve">. Photographs and other graphic attachments </w:t>
       </w:r>
-      <w:r w:rsidR="00E13853">
+      <w:r w:rsidR="00E13853" w:rsidRPr="00A11DEE">
         <w:t>are to be prepared in a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r w:rsidRPr="00A11DEE">
         <w:t xml:space="preserve"> digital raster</w:t>
       </w:r>
-      <w:r w:rsidR="001E3A6E">
+      <w:r w:rsidR="001E3A6E" w:rsidRPr="00A11DEE">
         <w:t xml:space="preserve"> format</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
-[...2 lines deleted...]
-      <w:r w:rsidR="001E3A6E">
+      <w:r w:rsidRPr="00A11DEE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3A6E" w:rsidRPr="00A11DEE">
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
-[...6 lines deleted...]
-        <w:t>format, with an image width of at least 16.5 cm.</w:t>
+      <w:r w:rsidRPr="00A11DEE">
+        <w:t xml:space="preserve"> a resolution of 300 dpi, in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81785" w:rsidRPr="00242F9D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*.jpg or *.png </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00242F9D">
+        <w:t>format,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11DEE">
+        <w:t xml:space="preserve"> with an image width of at least 16.5 cm.</w:t>
+      </w:r>
+      <w:r w:rsidR="00302D8C" w:rsidRPr="00A11DEE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81785" w:rsidRPr="00242F9D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Maximum size of a single uploaded file is 16 MB.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81785" w:rsidRPr="00A11DEE">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11DEE">
+        <w:t>Figures must be inserted into the manuscript (in a smaller file size) within the text, where most suitabl</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3A6E" w:rsidRPr="00A11DEE">
+        <w:t>e, along with description</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11DEE">
+        <w:t>. The name of an individual figure in the document is Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1, Figure 2, etc.</w:t>
       </w:r>
       <w:r w:rsidR="00302D8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t>Figures are indicated by Arabic numerals (in the order in which they appear), must have titles</w:t>
       </w:r>
       <w:r w:rsidR="001E3A6E">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t xml:space="preserve"> a source indicated</w:t>
       </w:r>
       <w:r w:rsidR="00554F98">
         <w:t xml:space="preserve"> below the specific illustration or image</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t xml:space="preserve">. The title should be clear, specific, precise, short, and unambiguous. The source must be fully stated in the </w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>caption</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7685">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00554F98">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00092826">
+        <w:t xml:space="preserve"> If the authors of the manuscript are also the creators of the figure, the source should be cited as Authors, Year.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D256F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D256F6" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">The source must be listed in its entirety in the final list of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D256F6">
+        <w:t>references</w:t>
+      </w:r>
+      <w:r w:rsidR="00D256F6" w:rsidRPr="002B7685">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60877742" w14:textId="77777777" w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r>
         <w:t>Example of a caption for a single</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t>igure</w:t>
       </w:r>
       <w:r>
         <w:t>, to be placed below the figure</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00554F98">
-[...1 lines deleted...]
-        <w:pStyle w:val="AAeuCaption"/>
+    <w:p w14:paraId="47F719EF" w14:textId="4711FF28" w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00554F98">
+      <w:pPr>
+        <w:pStyle w:val="AAeUCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Fi</w:t>
       </w:r>
       <w:r>
-        <w:t>gure 1: P</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">gure 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>ictograms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00030362">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>connection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>sign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>content</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>final</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>sense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
-        <w:t>ource: Selma Kovačević, 2017</w:t>
+        <w:t>ource</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>: Selma Kovačević, 2017</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00092826">
+    <w:p w14:paraId="6DAAC26F" w14:textId="77777777" w:rsidR="00554F98" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="4AF209A5" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:lastRenderedPageBreak/>
         <w:t>If one figure is composed of several graphic attachments, the author should mention each individual figure in the caption. If necessary, in the text of the article, the author refers to individual graphic attachments based on their numbering and letter designation (</w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t xml:space="preserve">E.g. </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>Figure 1a</w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>, Figure 1b, etc</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00092826">
+    <w:p w14:paraId="4268D961" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="00554F98" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r>
         <w:t>Example of a caption for a c</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t xml:space="preserve">omposite </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t>igure</w:t>
       </w:r>
       <w:r>
         <w:t>, to be placed below the figure</w:t>
       </w:r>
       <w:r w:rsidRPr="00554F98">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="007A71A1">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4B68414B" w14:textId="229C8B2C" w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="007A71A1">
+      <w:pPr>
+        <w:pStyle w:val="AAeUCaption"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>Figure 1a</w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00662A4B">
-        <w:t>Map of New York. S</w:t>
+        <w:t>Map</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t xml:space="preserve"> New York. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00662A4B" w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">ource: </w:t>
-      </w:r>
+        <w:t>ource</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00662A4B">
         <w:t>Authors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00662A4B" w:rsidRPr="002B7685">
         <w:t>, 2017</w:t>
       </w:r>
       <w:r w:rsidR="00662A4B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
-        <w:t xml:space="preserve"> (b) </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">b </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00662A4B">
-        <w:t>Section of the museum building. S</w:t>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t>museum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t>building</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00662A4B">
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00662A4B" w:rsidRPr="002B7685">
-        <w:t>ource: Selma Kovačević, 2017</w:t>
+        <w:t>ource</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00662A4B" w:rsidRPr="002B7685">
+        <w:t>: Selma Kovačević, 2017</w:t>
       </w:r>
       <w:r w:rsidR="00662A4B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
-        <w:t xml:space="preserve"> (c) </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0094692A">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">c </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
-        <w:t>ictograms: connection of sign and content in the final sense</w:t>
-      </w:r>
+        <w:t>ictograms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>connection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>sign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>content</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>final</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>sense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
-        <w:t>ource: Selma Kovačević, 2017</w:t>
+        <w:t>ource</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>: Selma Kovačević, 2017</w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="32D03921" w14:textId="6391A48D" w:rsidR="007A71A1" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">Tables are an integral part of the manuscript of the author's work, they must not exceed the margins. They must be comprehensible, transparent and simple, without additional explanations, descriptions and graphic design. Tables should be </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00390314">
+        <w:t>Tables are an integral part of the manuscript of the author's work, they must not exceed the margins</w:t>
+      </w:r>
+      <w:r w:rsidR="00242F9D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E50FB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E50FB" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">Tables </w:t>
+      </w:r>
+      <w:r w:rsidR="007E50FB" w:rsidRPr="00A11DEE">
+        <w:t xml:space="preserve">must be inserted into the manuscript within the text, where most suitable, along with description. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>Tables are marked with Arabic numbers (in the order in which they appear), they must have names (above the table) and a specified source</w:t>
+      </w:r>
+      <w:r w:rsidR="00242F9D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-    <w:p w:rsidR="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">The source must be listed in its entirety in the final list of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D256F6">
+        <w:t>references</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E50FB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC19D6A" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="00881884">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="007152F6">
         <w:t>xample:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A71A1" w:rsidRPr="007152F6" w:rsidRDefault="007A71A1" w:rsidP="007A71A1">
-[...1 lines deleted...]
-        <w:pStyle w:val="AAeuCaption"/>
+    <w:p w14:paraId="30C0B52A" w14:textId="187673CE" w:rsidR="007A71A1" w:rsidRPr="007152F6" w:rsidRDefault="007A71A1" w:rsidP="007A71A1">
+      <w:pPr>
+        <w:pStyle w:val="AAeUCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="007152F6">
-        <w:t xml:space="preserve">Table 1: Metropolitan Area Indicators. Source: </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Table 1 Metropolitan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007152F6">
+        <w:t>Area</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007152F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007152F6">
+        <w:t>Indicators</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007152F6">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007152F6">
+        <w:t>Source</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007152F6">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E65A2">
-        <w:t>Federal Statistics Agency, 2017</w:t>
+        <w:t>Federal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000E65A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000E65A2">
+        <w:t>Statistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000E65A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000E65A2">
+        <w:t>Agency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000E65A2">
+        <w:t>, 2017</w:t>
       </w:r>
       <w:r w:rsidR="00E13853">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1926"/>
         <w:gridCol w:w="2034"/>
         <w:gridCol w:w="1868"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A71A1" w:rsidRPr="00390314" w:rsidTr="00962784">
+      <w:tr w:rsidR="007A71A1" w:rsidRPr="0005281B" w14:paraId="7015F29D" w14:textId="77777777" w:rsidTr="00962784">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="00390314" w:rsidP="000E65A2">
+          <w:p w14:paraId="6BF2D4F0" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="00390314" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="00390314">
+            <w:r w:rsidRPr="0005281B">
               <w:t>Municipality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="00390314" w:rsidP="000E65A2">
+          <w:p w14:paraId="5DDFDC5E" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="00390314" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="00390314">
+            <w:r w:rsidRPr="0005281B">
               <w:t>Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A71A1" w:rsidRPr="00390314" w:rsidTr="00962784">
+      <w:tr w:rsidR="007A71A1" w:rsidRPr="0005281B" w14:paraId="758DC4AF" w14:textId="77777777" w:rsidTr="00962784">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="15096387" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="00390314" w:rsidP="000E65A2">
+          <w:p w14:paraId="243BFA80" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="00390314" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="00390314">
+            <w:r w:rsidRPr="0005281B">
               <w:t>Municipality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="00390314" w:rsidP="000E65A2">
+          <w:p w14:paraId="2C05CCC7" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="00390314" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="00390314">
+            <w:r w:rsidRPr="0005281B">
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A71A1" w:rsidRPr="00390314" w:rsidTr="00962784">
+      <w:tr w:rsidR="007A71A1" w:rsidRPr="0005281B" w14:paraId="38F3ADA2" w14:textId="77777777" w:rsidTr="00962784">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="5ABF57F9" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>Breza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="799EC298" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>17 317</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="5A9C4AF0" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>4124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A71A1" w:rsidRPr="00390314" w:rsidTr="00962784">
+      <w:tr w:rsidR="007A71A1" w:rsidRPr="0005281B" w14:paraId="5B7795B7" w14:textId="77777777" w:rsidTr="00962784">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="7758EE86" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>Fojnica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="29C3803E" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>16 296</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="4C1BA436" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>4225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A71A1" w:rsidRPr="00390314" w:rsidTr="00962784">
+      <w:tr w:rsidR="007A71A1" w:rsidRPr="0005281B" w14:paraId="6310E54A" w14:textId="77777777" w:rsidTr="00962784">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="15B76F1D" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>Hadžići</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="392E7903" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>24 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="46E53AE3" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>5639</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A71A1" w:rsidRPr="00390314" w:rsidTr="00962784">
+      <w:tr w:rsidR="007A71A1" w:rsidRPr="0005281B" w14:paraId="043C3524" w14:textId="77777777" w:rsidTr="00962784">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="1A392505" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>Ilijaš</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="1D4E0231" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>25 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A71A1" w:rsidRPr="001E3A6E" w:rsidRDefault="007A71A1" w:rsidP="000E65A2">
+          <w:p w14:paraId="54B6CF51" w14:textId="77777777" w:rsidR="007A71A1" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="0005281B">
             <w:pPr>
               <w:pStyle w:val="AAeUTableBodyText"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E3A6E">
+            <w:r w:rsidRPr="0005281B">
               <w:t>6833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="14CF49F9" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="0005281B" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005281B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidR="00B3717A" w:rsidRPr="002B7685">
+      <w:r w:rsidR="00B3717A" w:rsidRPr="0005281B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Conclusion </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="00E13853" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+    <w:p w14:paraId="6F558928" w14:textId="237C9453" w:rsidR="00B3717A" w:rsidRPr="00E13853" w:rsidRDefault="00242F9D" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E13853">
-        <w:t>Texts should conclude with a brief synthesis that presents the research findings and explores their possible contributions. The conclusion must avoid repeating sections of the main text, should not feature any figures or notes, and must refrain from introducing any new information. It is important for authors to highlight any potential limitations of the research presented, along with the possible applications and relevant areas where it may be utilized.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Manuscript </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3717A" w:rsidRPr="00E13853">
+        <w:t>should conclude with a brief synthesis that presents the research findings and explores their possible contributions. The conclusion must avoid repeating sections of the main text, should not feature any figures or notes, and must refrain from introducing any new information. It is important for authors to highlight any potential limitations of the research presented, along with the possible applications and relevant areas where it may be utilized.</w:t>
       </w:r>
       <w:r w:rsidR="007A71A1" w:rsidRPr="00E13853">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00092826">
+    <w:p w14:paraId="3F7BAA1C" w14:textId="77777777" w:rsidR="00B3717A" w:rsidRPr="007A71A1" w:rsidRDefault="007A71A1" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidR="00B3717A" w:rsidRPr="007A71A1">
         <w:t>Reference</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+    <w:p w14:paraId="0639C147" w14:textId="4C1A3413" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Prepare articles using APA reference style (</w:t>
       </w:r>
       <w:r w:rsidR="00962784">
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00962784" w:rsidRPr="00962784">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00962784">
-        <w:t xml:space="preserve"> or 7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00962784" w:rsidRPr="00962784">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">edition) (https://apastyle.apa.org/). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECA32D0" w14:textId="14F1D599" w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00242F9D">
+      <w:pPr>
+        <w:pStyle w:val="AAeUQuotations"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00242F9D">
         <w:rPr>
-          <w:vertAlign w:val="superscript"/>
+          <w:rStyle w:val="AAeUQuotationsChar"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+        <w:t>Quotations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> longer than </w:t>
+      </w:r>
+      <w:r w:rsidR="007E41A2">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="007E41A2" w:rsidRPr="002B7685">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>words are given in a separate paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="007E41A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E41A2" w:rsidRPr="002B7685">
+        <w:t>without quotation mark</w:t>
+      </w:r>
+      <w:r w:rsidR="007E41A2">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t>, before and after which one empty line is left. The source must be cited after the quotation (Karatani, 1995, pp. 25).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06379CB6" w14:textId="6562A1A4" w:rsidR="00242F9D" w:rsidRDefault="00B3717A" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
-        <w:t>Literature should be entered by specifying the author and year in round brackets: (Author's last name without initials, year of publication) or (Author's last name without initials, year of publication, page/page number(s) - in the case of quotations). For papers with more than 2 authors, include only the first author's name followed by “et al”. APA style requires both in-text citations (e.g., Smith, 2016) and a final reference list, so that for each in-text citation there must be a full citation in the reference list and vice versa.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+        <w:t xml:space="preserve">All sources and literature cited in the text of the article must be arranged alphabetically and listed in the References section of the article. The list of sources and literature must not be numbered. The list of sources and literature includes only works that are actually used and cited in the article. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk190078938"/>
+    </w:p>
+    <w:p w14:paraId="27DA66AE" w14:textId="77777777" w:rsidR="007E41A2" w:rsidRDefault="007E41A2" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
-      <w:r w:rsidRPr="002B7685">
-[...15 lines deleted...]
-    <w:p w:rsidR="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+      <w:r w:rsidRPr="007E41A2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Anonymized manuscript</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E41A2">
+        <w:t> should not contain any material that could disclose the authors' identity. To preserve anonymity during the double-blind per review process, self-citations/self-references should be formatted as follows: references in the text should be displayed as “(Author(s), year of publication)”, and references at the end of the text should be formatted as “Author(s). (year of publication).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E41A2">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8CE15C" w14:textId="5168CB6F" w:rsidR="007E41A2" w:rsidRDefault="007E41A2" w:rsidP="00092826">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
-      </w:pPr>
-      <w:r w:rsidRPr="002B7685">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00242F9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">All sources and literature cited in the text of the article must be arranged alphabetically and listed in the References section of the article. The list of sources and literature must not be numbered. The list of sources and literature includes only works that are actually used and cited in the article. </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
+        <w:t>With Microsoft Office documents, author identification should also be removed from the properties for the file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E784E5F" w14:textId="77777777" w:rsidR="00242F9D" w:rsidRPr="00242F9D" w:rsidRDefault="00242F9D" w:rsidP="00092826">
+      <w:pPr>
+        <w:pStyle w:val="AAeUBodytext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7ACDC48A" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">• Submission file  should be named in the format:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F9E123" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Short_Title_of_the_Manuscript_Year_Month_Day.docx  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073ED110" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
-      </w:pPr>
-[...21 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE70205" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRPr="002B7685" w:rsidRDefault="00B3717A" w:rsidP="00962784">
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• After revision:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C453DEE" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
-      </w:pPr>
-[...17 lines deleted...]
-    <w:p w:rsidR="00B3717A" w:rsidRDefault="00B3717A" w:rsidP="00092826">
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Short_Title_of_the_Manuscript_Year_Month_Day_REV1.docx  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77658B34" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
       <w:pPr>
         <w:pStyle w:val="AAeUReferences"/>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Short_Title_of_the_Manuscript_Year_Month_Day_REV2.docx  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9A4F7E" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
+      <w:pPr>
+        <w:pStyle w:val="AAeUReferences"/>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E84327" w14:textId="77777777" w:rsidR="00A11DEE" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
+      <w:pPr>
+        <w:pStyle w:val="AAeUReferences"/>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• After proofreading:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8FD8CB" w14:textId="65312F10" w:rsidR="00B3717A" w:rsidRDefault="00A11DEE" w:rsidP="00242F9D">
+      <w:pPr>
+        <w:pStyle w:val="AAeUReferences"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B7685">
-[...71 lines deleted...]
-    <w:sectPr w:rsidR="002B7685" w:rsidRPr="002B7685">
+      <w:r>
+        <w:t>Short_Title_of_the_Manuscript_Year_Month_Day_FINAL.docx</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B3717A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
+    <w:p w14:paraId="2606FAE1" w14:textId="77777777" w:rsidR="001C1296" w:rsidRDefault="001C1296" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
+    <w:p w14:paraId="6844A89D" w14:textId="77777777" w:rsidR="001C1296" w:rsidRDefault="001C1296" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
+    <w:p w14:paraId="2DE336B7" w14:textId="77777777" w:rsidR="001C1296" w:rsidRDefault="001C1296" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009371E0" w:rsidRDefault="009371E0" w:rsidP="002B7685">
+    <w:p w14:paraId="034810A1" w14:textId="77777777" w:rsidR="001C1296" w:rsidRDefault="001C1296" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B3717A"/>
+    <w:rsid w:val="00030362"/>
+    <w:rsid w:val="0005281B"/>
     <w:rsid w:val="00092826"/>
     <w:rsid w:val="000A0D4D"/>
+    <w:rsid w:val="000A6732"/>
     <w:rsid w:val="000B4CE2"/>
+    <w:rsid w:val="000D681A"/>
     <w:rsid w:val="000E65A2"/>
     <w:rsid w:val="00106B5F"/>
     <w:rsid w:val="001467FE"/>
+    <w:rsid w:val="001C1296"/>
     <w:rsid w:val="001D3CAD"/>
     <w:rsid w:val="001D60AB"/>
     <w:rsid w:val="001E3A6E"/>
     <w:rsid w:val="001F74F7"/>
     <w:rsid w:val="00206322"/>
+    <w:rsid w:val="00242F9D"/>
+    <w:rsid w:val="002B0491"/>
     <w:rsid w:val="002B2BD3"/>
     <w:rsid w:val="002B3FA4"/>
     <w:rsid w:val="002B7685"/>
+    <w:rsid w:val="002D2C75"/>
     <w:rsid w:val="00302D8C"/>
     <w:rsid w:val="003514A4"/>
     <w:rsid w:val="00370116"/>
     <w:rsid w:val="00382306"/>
     <w:rsid w:val="00390314"/>
     <w:rsid w:val="003D032E"/>
     <w:rsid w:val="00401EA2"/>
     <w:rsid w:val="004241E9"/>
     <w:rsid w:val="00424E6D"/>
     <w:rsid w:val="004F4EBE"/>
     <w:rsid w:val="00554F98"/>
     <w:rsid w:val="005F23C9"/>
     <w:rsid w:val="00626BA2"/>
+    <w:rsid w:val="006559DC"/>
     <w:rsid w:val="00662A4B"/>
     <w:rsid w:val="006C300A"/>
     <w:rsid w:val="006D3BA2"/>
     <w:rsid w:val="006F4F5E"/>
     <w:rsid w:val="007152F6"/>
     <w:rsid w:val="0072528C"/>
     <w:rsid w:val="00727380"/>
     <w:rsid w:val="007627DF"/>
     <w:rsid w:val="00775063"/>
     <w:rsid w:val="007A71A1"/>
     <w:rsid w:val="007B6208"/>
     <w:rsid w:val="007C5838"/>
+    <w:rsid w:val="007E41A2"/>
+    <w:rsid w:val="007E50FB"/>
     <w:rsid w:val="00873290"/>
     <w:rsid w:val="008C26E7"/>
+    <w:rsid w:val="008C5F4B"/>
     <w:rsid w:val="009371E0"/>
+    <w:rsid w:val="0094692A"/>
     <w:rsid w:val="00962784"/>
+    <w:rsid w:val="00981CBE"/>
+    <w:rsid w:val="00981DCE"/>
+    <w:rsid w:val="00A11DEE"/>
     <w:rsid w:val="00AE77C0"/>
     <w:rsid w:val="00B075D6"/>
     <w:rsid w:val="00B26BD6"/>
     <w:rsid w:val="00B3717A"/>
+    <w:rsid w:val="00BE435D"/>
+    <w:rsid w:val="00BE6FD5"/>
+    <w:rsid w:val="00C624C9"/>
+    <w:rsid w:val="00C81785"/>
     <w:rsid w:val="00CB564B"/>
+    <w:rsid w:val="00D16C20"/>
+    <w:rsid w:val="00D256F6"/>
+    <w:rsid w:val="00D34FFF"/>
+    <w:rsid w:val="00D53E4E"/>
     <w:rsid w:val="00DD1EC1"/>
     <w:rsid w:val="00DE6300"/>
     <w:rsid w:val="00E13853"/>
     <w:rsid w:val="00E14EB4"/>
+    <w:rsid w:val="00EE05D0"/>
     <w:rsid w:val="00F60446"/>
+    <w:rsid w:val="553A7530"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="03CF9E91"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2888,51 +3289,54 @@
     <w:uiPriority w:val="21"/>
     <w:locked/>
     <w:rsid w:val="00B3717A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00626BA2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUAbstract">
     <w:name w:val="AAeU Abstract"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:qFormat/>
-    <w:rsid w:val="00626BA2"/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="00B3717A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B3717A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -2976,86 +3380,87 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002B7685"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeuCaption">
-    <w:name w:val="AAeu Caption"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUCaption">
+    <w:name w:val="AAeU Caption"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AAeuCaptionChar"/>
+    <w:link w:val="AAeUCaptionChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00CB564B"/>
+    <w:rsid w:val="0005281B"/>
     <w:pPr>
       <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Segoe UI"/>
       <w:noProof w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="hr-BA" w:eastAsia="hr-BA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AAeuCaptionChar">
-    <w:name w:val="AAeu Caption Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AAeUCaptionChar">
+    <w:name w:val="AAeU Caption Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="AAeuCaption"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Segoe UI"/>
+    <w:link w:val="AAeUCaption"/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Segoe UI"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="hr-BA" w:eastAsia="hr-BA"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
+    <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B075D6"/>
     <w:pPr>
       <w:spacing w:before="220" w:after="220"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DE6300"/>
@@ -3069,75 +3474,79 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE6300"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="SimSun" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUTableBodyText">
     <w:name w:val="AAeU Table Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AAeUTableBodyTextChar"/>
     <w:qFormat/>
-    <w:rsid w:val="000A0D4D"/>
+    <w:rsid w:val="008C5F4B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E65A2"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AAeUTableBodyTextChar">
     <w:name w:val="AAeU Table Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="AAeUTableBodyText"/>
-    <w:rsid w:val="000A0D4D"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:rsid w:val="008C5F4B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="22"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E65A2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
@@ -3160,134 +3569,424 @@
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000E65A2"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="hr-BA"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUReferences">
     <w:name w:val="AAeU References"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AAeUReferencesChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00962784"/>
+    <w:rsid w:val="0005281B"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="397" w:hanging="397"/>
       <w:jc w:val="left"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AAeUReferencesChar">
     <w:name w:val="AAeU References Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="AAeUReferences"/>
-    <w:rsid w:val="00962784"/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUKeywords">
+    <w:name w:val="AAeU Keywords"/>
+    <w:basedOn w:val="NoSpacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUAffiliation">
+    <w:name w:val="AAeU Affiliation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUNameSurname">
+    <w:name w:val="AAeU Name Surname"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUHeading1">
+    <w:name w:val="AAeU Heading 1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUSubtitle1">
+    <w:name w:val="AAeU Subtitle 1"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUSubtitle2">
+    <w:name w:val="AAeU Subtitle 2"/>
+    <w:basedOn w:val="Subtitle"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUBodytext">
+    <w:name w:val="AAeU Body text"/>
+    <w:basedOn w:val="NoSpacing"/>
+    <w:link w:val="AAeUBodytextChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUMainTitle">
+    <w:name w:val="AAeU Main Title"/>
+    <w:basedOn w:val="Title"/>
+    <w:link w:val="AAeUMainTitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AAeUMainTitleChar">
+    <w:name w:val="AAeU Main Title Char"/>
+    <w:basedOn w:val="TitleChar"/>
+    <w:link w:val="AAeUMainTitle"/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A11DEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUKeywords">
-[...1 lines deleted...]
-    <w:basedOn w:val="NoSpacing"/>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A11DEE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A11DEE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUQuotations">
+    <w:name w:val="AAeU Quotations"/>
+    <w:basedOn w:val="AAeUBodytext"/>
+    <w:link w:val="AAeUQuotationsChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00626BA2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00626BA2"/>
+    <w:rsid w:val="007E41A2"/>
     <w:pPr>
-      <w:jc w:val="left"/>
+      <w:ind w:left="340"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUNameSurname">
-[...30 lines deleted...]
-    <w:rsid w:val="00092826"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoSpacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00D256F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AAeUBodytextChar">
+    <w:name w:val="AAeU Body text Char"/>
+    <w:basedOn w:val="NoSpacingChar"/>
+    <w:link w:val="AAeUBodytext"/>
+    <w:rsid w:val="0005281B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AAeUQuotationsChar">
+    <w:name w:val="AAeU Quotations Char"/>
+    <w:basedOn w:val="AAeUBodytextChar"/>
+    <w:link w:val="AAeUQuotations"/>
+    <w:rsid w:val="007E41A2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="580256221">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1839074889">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1378705666">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="577599617">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="518201883">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1946422877">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="682780302">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809282956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1365836523">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1997294167">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author3@email.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/popclock/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author2@email.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/ppm0000185" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author1@email.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000120-016" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thebigpicture-academicwriting.digi.hansreitzel.dk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000168-000" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huffpost.com/entry/anxiety-love-watching-horror-movies_l_5d277587e4b02a5a5d57b59e" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author2@email.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author1@email.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author3@email.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3541,74 +4240,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBDCD1E0-7FFF-4920-9AF4-C22C4FE2EB16}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1626</Words>
-  <Characters>9269</Characters>
+  <Words>1243</Words>
+  <Characters>7087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10874</CharactersWithSpaces>
+  <CharactersWithSpaces>8314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>