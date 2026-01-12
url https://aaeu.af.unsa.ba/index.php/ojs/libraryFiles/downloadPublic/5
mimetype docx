--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -9,291 +9,336 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C73605" w:rsidRPr="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="51618743" w14:textId="77777777" w:rsidR="00C73605" w:rsidRPr="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="00C73605">
         <w:t>Main Title (cover page submitted as separate document)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="4E0ECFBE" w14:textId="6B1B96E1" w:rsidR="00E830FE" w:rsidRDefault="00C73605" w:rsidP="00C73605">
       <w:pPr>
         <w:pStyle w:val="AAeUNameSurname"/>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Name Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00424E6D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>, Name Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00424E6D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and Name Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00424E6D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="4E333167" w14:textId="77777777" w:rsidR="00E830FE" w:rsidRDefault="00E830FE" w:rsidP="00C73605">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="AAeUNameSurname"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="3278D991" w14:textId="77777777" w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="000077C2">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="AAeUNameSurname"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="613F4C4B" w14:textId="094EA7FE" w:rsidR="00C73605" w:rsidRPr="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="00C73605">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk144286413"/>
       <w:r w:rsidRPr="00C73605">
         <w:t xml:space="preserve">Department, Institution, Country; Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00C73605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>author1@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C73605">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00C73605">
-        <w:t>ORCID: https://orcid.org</w:t>
+        <w:t xml:space="preserve">ORCID: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00E830FE" w:rsidRPr="00741097">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://orcid.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E830FE">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="545EB110" w14:textId="76F6B4E6" w:rsidR="00C73605" w:rsidRPr="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="00C73605">
         <w:t xml:space="preserve">2 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00C73605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>author2@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C73605">
-        <w:t>; ORCID: https://orcid.org</w:t>
+        <w:t xml:space="preserve">; ORCID: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00E830FE" w:rsidRPr="00741097">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://orcid.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E830FE">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="1081A4A0" w14:textId="1C7834BF" w:rsidR="00E830FE" w:rsidRDefault="00C73605" w:rsidP="00C73605">
       <w:pPr>
         <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="00C73605">
         <w:t xml:space="preserve">3 Department, Institution, Country; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00C73605">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>author3@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C73605">
-        <w:t>; ORCID: https://orcid.org</w:t>
-      </w:r>
+        <w:t xml:space="preserve">; ORCID: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00E830FE" w:rsidRPr="00741097">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://orcid.org</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="00C73605"/>
-    <w:p w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="601CACEA" w14:textId="77777777" w:rsidR="00E830FE" w:rsidRPr="00C73605" w:rsidRDefault="00E830FE" w:rsidP="00C73605">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="AAeUAffiliation"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="002700E3">
+    <w:p w14:paraId="4205758E" w14:textId="77777777" w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="000077C2">
+      <w:pPr>
+        <w:pStyle w:val="AAeUAffiliation"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667BA6B2" w14:textId="77777777" w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="002700E3">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">Author's Biography </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="635FED2D" w14:textId="49CEF7F4" w:rsidR="00E830FE" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="00C73605">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
-        <w:t xml:space="preserve">The size should not exceed 250 words, including spaces. The primary area of work and the most significant scientific accomplishments should be highlighted. It is unnecessary to repeat the name of the institution where he or she works; instead, emphasize his or her profession, academic degree, and scientific rank. </w:t>
+        <w:t xml:space="preserve">The size should not exceed </w:t>
+      </w:r>
+      <w:r w:rsidR="00E830FE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7685">
+        <w:t xml:space="preserve">50 words. The primary area of work and the most significant scientific accomplishments should be highlighted. It is unnecessary to repeat the name of the institution where he or she works; instead, emphasize his or her profession, academic degree, and scientific rank. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="00C73605"/>
-    <w:p w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="002700E3">
+    <w:p w14:paraId="71D22139" w14:textId="77777777" w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="000077C2">
+      <w:pPr>
+        <w:pStyle w:val="AAeUBodytext"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25516B4A" w14:textId="77777777" w:rsidR="00C73605" w:rsidRPr="002B7685" w:rsidRDefault="00C73605" w:rsidP="002700E3">
       <w:pPr>
         <w:pStyle w:val="AAeUHeading1"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t>Acknowledgements</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
+    <w:p w14:paraId="3AF72574" w14:textId="240B29D4" w:rsidR="00C73605" w:rsidRDefault="00C73605" w:rsidP="000077C2">
       <w:pPr>
         <w:pStyle w:val="AAeUBodytext"/>
       </w:pPr>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r>
         <w:t>the paper is</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t xml:space="preserve"> accepted for publication, </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7685">
         <w:t>cknowledgements should be made to any funding or support obtained by persons or institutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73605" w:rsidRDefault="00C73605" w:rsidP="00C73605">
-[...3 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00C73605">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D370E" w:rsidRDefault="000D370E" w:rsidP="002B7685">
+    <w:p w14:paraId="616F4484" w14:textId="77777777" w:rsidR="00254973" w:rsidRDefault="00254973" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D370E" w:rsidRDefault="000D370E" w:rsidP="002B7685">
+    <w:p w14:paraId="333F1318" w14:textId="77777777" w:rsidR="00254973" w:rsidRDefault="00254973" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
@@ -309,51 +354,51 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:id w:val="-1604712976"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w:rsidR="001F74F7" w:rsidRPr="001F74F7" w:rsidRDefault="001F74F7">
+          <w:p w14:paraId="3577CE3A" w14:textId="77777777" w:rsidR="001F74F7" w:rsidRPr="001F74F7" w:rsidRDefault="001F74F7">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F74F7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="001F74F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="001F74F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -414,101 +459,101 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001D3CAD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="001F74F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00E13853" w:rsidRDefault="00E13853">
+  <w:p w14:paraId="502F67CD" w14:textId="77777777" w:rsidR="00E13853" w:rsidRDefault="00E13853">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D370E" w:rsidRDefault="000D370E" w:rsidP="002B7685">
+    <w:p w14:paraId="72409B87" w14:textId="77777777" w:rsidR="00254973" w:rsidRDefault="00254973" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D370E" w:rsidRDefault="000D370E" w:rsidP="002B7685">
+    <w:p w14:paraId="6EA0C0D3" w14:textId="77777777" w:rsidR="00254973" w:rsidRDefault="00254973" w:rsidP="002B7685">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="001F74F7" w:rsidRDefault="002B7685">
+  <w:p w14:paraId="02D42861" w14:textId="77777777" w:rsidR="001F74F7" w:rsidRDefault="002B7685">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:eastAsia="DengXian"/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E13853">
       <w:rPr>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AFA4C35" wp14:editId="1F4A7A0D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6647FACE" wp14:editId="726D91DE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5197231</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-217170</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="515620" cy="508000"/>
           <wp:effectExtent l="0" t="0" r="5080" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="87714231" name="Picture 87714231"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:biLevel thresh="50000"/>
                     <a:extLst>
@@ -537,201 +582,206 @@
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00E13853">
       <w:rPr>
         <w:rFonts w:eastAsia="DengXian"/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>ACTA ARCHITECTONICA et URBANISTICA</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="001F74F7" w:rsidRPr="001F74F7" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
+  <w:p w14:paraId="201DB941" w14:textId="77777777" w:rsidR="001F74F7" w:rsidRPr="001F74F7" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:eastAsia="DengXian"/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F74F7">
       <w:rPr>
         <w:rFonts w:eastAsia="DengXian"/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Year, Volume, Article XXXX</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002B7685" w:rsidRPr="00E13853" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
+  <w:p w14:paraId="2F58A5F1" w14:textId="77777777" w:rsidR="002B7685" w:rsidRPr="00E13853" w:rsidRDefault="001F74F7" w:rsidP="001F74F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="001F74F7">
       <w:rPr>
         <w:rFonts w:eastAsia="DengXian"/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>https://doi.org/10.17645/up.XXXX</w:t>
     </w:r>
     <w:r w:rsidR="002B7685" w:rsidRPr="00E13853">
       <w:rPr>
         <w:rFonts w:eastAsia="DengXian"/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                 </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002B7685" w:rsidRDefault="002B7685">
+  <w:p w14:paraId="76E2E949" w14:textId="77777777" w:rsidR="002B7685" w:rsidRDefault="002B7685">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B3717A"/>
+    <w:rsid w:val="000077C2"/>
     <w:rsid w:val="00092826"/>
     <w:rsid w:val="000A0D4D"/>
     <w:rsid w:val="000B4CE2"/>
     <w:rsid w:val="000D370E"/>
     <w:rsid w:val="000E65A2"/>
     <w:rsid w:val="001467FE"/>
     <w:rsid w:val="001D3CAD"/>
     <w:rsid w:val="001D60AB"/>
     <w:rsid w:val="001E3A6E"/>
     <w:rsid w:val="001F74F7"/>
     <w:rsid w:val="00206322"/>
+    <w:rsid w:val="00254973"/>
     <w:rsid w:val="002700E3"/>
     <w:rsid w:val="002B2BD3"/>
     <w:rsid w:val="002B3FA4"/>
     <w:rsid w:val="002B7685"/>
     <w:rsid w:val="00302D8C"/>
+    <w:rsid w:val="00331DCE"/>
     <w:rsid w:val="003514A4"/>
     <w:rsid w:val="00370116"/>
     <w:rsid w:val="00382306"/>
     <w:rsid w:val="00390314"/>
     <w:rsid w:val="004241E9"/>
     <w:rsid w:val="00424E6D"/>
     <w:rsid w:val="004F4EBE"/>
     <w:rsid w:val="00554F98"/>
     <w:rsid w:val="00626BA2"/>
     <w:rsid w:val="00662A4B"/>
     <w:rsid w:val="006C300A"/>
     <w:rsid w:val="006F4F5E"/>
     <w:rsid w:val="007152F6"/>
     <w:rsid w:val="0072528C"/>
     <w:rsid w:val="00727380"/>
     <w:rsid w:val="007627DF"/>
     <w:rsid w:val="007A71A1"/>
     <w:rsid w:val="007B6208"/>
     <w:rsid w:val="007C5838"/>
     <w:rsid w:val="00873290"/>
     <w:rsid w:val="008C26E7"/>
     <w:rsid w:val="00962784"/>
     <w:rsid w:val="00B075D6"/>
     <w:rsid w:val="00B26BD6"/>
     <w:rsid w:val="00B3717A"/>
     <w:rsid w:val="00C73605"/>
     <w:rsid w:val="00CB564B"/>
     <w:rsid w:val="00DD1EC1"/>
     <w:rsid w:val="00DE6300"/>
     <w:rsid w:val="00E13853"/>
+    <w:rsid w:val="00E14082"/>
     <w:rsid w:val="00E14EB4"/>
+    <w:rsid w:val="00E830FE"/>
     <w:rsid w:val="00F60446"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="46A485DA"/>
+  <w14:docId w14:val="3FB2DD5C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C4693D92-8CA7-B04B-83CB-A3AD042A8031}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
@@ -1464,78 +1514,78 @@
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B3717A"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:aliases w:val="AAeU"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00C73605"/>
+    <w:rsid w:val="00E830FE"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:noProof w:val="0"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="56"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:aliases w:val="AAeU Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00C73605"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00E830FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00CB564B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="160" w:after="160"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="15"/>
@@ -1904,99 +1954,128 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="AAeUReferencesChar">
     <w:name w:val="AAeU References Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="AAeUReferences"/>
     <w:rsid w:val="00962784"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUKeywords">
     <w:name w:val="AAeU Keywords"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:rsid w:val="00626BA2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUAffiliation">
     <w:name w:val="AAeU Affiliation"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00626BA2"/>
+    <w:rsid w:val="00E830FE"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUNameSurname">
     <w:name w:val="AAeU Name Surname"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00092826"/>
+    <w:rsid w:val="00E830FE"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUHeading1">
     <w:name w:val="AAeU Heading 1"/>
     <w:basedOn w:val="Heading1"/>
     <w:qFormat/>
-    <w:rsid w:val="00092826"/>
+    <w:rsid w:val="00E830FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUSubtitle1">
     <w:name w:val="AAeU Subtitle 1"/>
     <w:basedOn w:val="Heading2"/>
     <w:rsid w:val="00092826"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUSubtitle2">
     <w:name w:val="AAeU Subtitle 2"/>
     <w:basedOn w:val="Subtitle"/>
     <w:rsid w:val="00092826"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAeUBodytext">
     <w:name w:val="AAeU Body text"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:qFormat/>
-    <w:rsid w:val="00092826"/>
+    <w:rsid w:val="00E830FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E830FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author3@email.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author2@email.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author1@email.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author2@email.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author1@email.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author3@email.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2271,54 +2350,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009946697F3918AA4B9A92598E9950BF6B" ma:contentTypeVersion="14" ma:contentTypeDescription="Kreirajte novi dokument." ma:contentTypeScope="" ma:versionID="cb1cd8eafdab13b4b4f7e54f7480799d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f" xmlns:ns3="738294c5-10b9-4509-8a8d-4bec91b8aca2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d3afd411361d9a589ebf78ba97548ade" ns2:_="" ns3:_="">
     <xsd:import namespace="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f"/>
     <xsd:import namespace="738294c5-10b9-4509-8a8d-4bec91b8aca2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2487,146 +2575,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="738294c5-10b9-4509-8a8d-4bec91b8aca2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0DE4BD5-9612-46D4-B5EB-0C716DCCFB4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73C28357-89FA-47F5-885B-26844C4AF063}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D0E6501-46AC-4732-AFC4-CA5BFC744AB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f"/>
     <ds:schemaRef ds:uri="738294c5-10b9-4509-8a8d-4bec91b8aca2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82D5E219-2D19-40A9-B142-5EE9846C9552}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="738294c5-10b9-4509-8a8d-4bec91b8aca2"/>
     <ds:schemaRef ds:uri="b0bb9e33-d126-44f9-aaa7-00ac1fd2399f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>146</Words>
-  <Characters>833</Characters>
+  <Words>158</Words>
+  <Characters>903</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>978</CharactersWithSpaces>
+  <CharactersWithSpaces>1059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009946697F3918AA4B9A92598E9950BF6B</vt:lpwstr>
   </property>